--- v0 (2025-10-27)
+++ v1 (2026-02-16)
@@ -235,71 +235,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>It identifies good practice and encourages continual enhancement to promote positive outcomes for students and other stakeholders.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40832510" w14:textId="3DEBF892" w:rsidR="581C0374" w:rsidRDefault="581C0374" w:rsidP="13FB4631">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="13FB4631">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">It identifies and addresses poor </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> performance including responding to any actual or potential concerns from external regulators or PSRBs.</w:t>
+        <w:t>It identifies and addresses poor programme performance including responding to any actual or potential concerns from external regulators or PSRBs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B11F7C" w14:textId="2E07880A" w:rsidR="581C0374" w:rsidRDefault="581C0374" w:rsidP="13FB4631">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="13FB4631">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>It results in a set of actions for the reporting unit to enhance and / or address weaknesses.</w:t>
@@ -519,75 +499,51 @@
           <w:color w:val="EE0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Please note: The APR Reporting Units in FHASS</w:t>
       </w:r>
       <w:r w:rsidR="0048074C" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for this reporting cycle have been fixed at Discipline level. This means that a single UG APR report will be required per each Discipline.</w:t>
       </w:r>
       <w:r w:rsidR="003749AC" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> reflection and analysis should therefore be</w:t>
+        <w:t xml:space="preserve"> The majority of reflection and analysis should therefore be</w:t>
       </w:r>
       <w:r w:rsidR="00A51026" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> written at Discipline level, but with</w:t>
       </w:r>
       <w:r w:rsidR="00A27F44" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> any programme-specific issues drawn out and responded to separately.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="006AEA3C" w14:textId="6B29204D" w:rsidR="00904421" w:rsidRDefault="006127CD" w:rsidP="0008277C">
@@ -7142,68 +7098,59 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>each of the</w:t>
       </w:r>
       <w:r w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> external examiner report</w:t>
       </w:r>
       <w:r w:rsidR="1383CA28" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="003976A7" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> within the </w:t>
-[...7 lines deleted...]
-        <w:t>Discipline</w:t>
+        <w:t xml:space="preserve"> within the Discipline</w:t>
       </w:r>
       <w:r w:rsidR="00787380" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="77E3A9B0" w14:textId="2CFE0582" w:rsidR="00787380" w:rsidRPr="00143EE8" w:rsidRDefault="00662399" w:rsidP="00787380">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">submit </w:t>
       </w:r>
       <w:r w:rsidR="003976A7" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -7213,61 +7160,52 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> to a meeting of the </w:t>
       </w:r>
       <w:r w:rsidR="00564E33" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>School Student Experience Forum</w:t>
       </w:r>
       <w:r w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (or equivalent)</w:t>
       </w:r>
       <w:r w:rsidR="00787380" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> for </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> for discussion;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4860D807" w14:textId="77FFDC73" w:rsidR="00787380" w:rsidRPr="00143EE8" w:rsidRDefault="00662399" w:rsidP="00787380">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">append a copy </w:t>
       </w:r>
       <w:r w:rsidR="00787380" w:rsidRPr="00143EE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -8142,77 +8080,62 @@
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="2FE6CB83" w:rsidRPr="71B5FAAB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">List any indicators of esteem relevant to teaching, learning and assessment received by members of your </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00494997">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>programme</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">programme </w:t>
             </w:r>
             <w:r w:rsidR="2FE6CB83" w:rsidRPr="71B5FAAB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>delivery team(s) in the last academic year:</w:t>
             </w:r>
             <w:r w:rsidR="2FE6CB83" w:rsidRPr="71B5FAAB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t> </w:t>
@@ -9098,51 +9021,51 @@
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008812A1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Where </w:t>
       </w:r>
       <w:r w:rsidRPr="008812A1">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>relevant and your evidence allows, please consider the performance of students on variant programmes such as study abroad or placement/year in industry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709509A8" w14:textId="2B46E187" w:rsidR="00117F71" w:rsidRDefault="744BA452" w:rsidP="79B7D8DA">
+    <w:p w14:paraId="709509A8" w14:textId="7A04EC60" w:rsidR="00117F71" w:rsidRDefault="744BA452" w:rsidP="79B7D8DA">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Relevant data by</w:t>
       </w:r>
       <w:r w:rsidR="009872DA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
@@ -9356,58 +9279,60 @@
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="4D6146CB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4D6146CB" w:rsidRPr="0D561A08">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">More detailed information is available on progression in the </w:t>
       </w:r>
-      <w:r w:rsidR="4D6146CB" w:rsidRPr="0D561A08">
-[...6 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="1" w:history="1">
+        <w:r w:rsidR="4D6146CB" w:rsidRPr="00CA4A65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Graduate Outcomes dashboard</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="4D6146CB" w:rsidRPr="0D561A08">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (but note this information is not displayed by Reporting Unit).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1433C475" w14:textId="77777777" w:rsidR="00C21541" w:rsidRDefault="00C21541" w:rsidP="79B7D8DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="289EC4A7" w14:textId="7BE26EA5" w:rsidR="79B7D8DA" w:rsidRDefault="00B70DA1" w:rsidP="008812A1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="79B7D8DA">
         <w:rPr>
@@ -10078,342 +10003,299 @@
             </w:pPr>
             <w:r w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(b) </w:t>
             </w:r>
             <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">With reference to your </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
+              <w:t>With reference to your programme data for the lat</w:t>
+            </w:r>
+            <w:r w:rsidR="1775D997" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>programme</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>est</w:t>
+            </w:r>
             <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> data for the lat</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="1775D997" w:rsidRPr="00143EE8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3BEB15D2" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>est</w:t>
+              <w:t xml:space="preserve">available </w:t>
             </w:r>
             <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="3BEB15D2" w:rsidRPr="00143EE8">
+              <w:t>4 years</w:t>
+            </w:r>
+            <w:r w:rsidR="17CEE78E" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">available </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="46013FAE" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4 years</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="17CEE78E" w:rsidRPr="00143EE8">
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:r w:rsidR="6F503C84" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:t>comparison</w:t>
             </w:r>
             <w:r w:rsidR="46013FAE" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="6F503C84" w:rsidRPr="00143EE8">
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidR="46013FAE" w:rsidRPr="00143EE8">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="46013FAE" w:rsidRPr="00143EE8">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>OfS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="46013FAE" w:rsidRPr="00143EE8">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B3 threshold</w:t>
+            </w:r>
+            <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>comparison</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="46013FAE" w:rsidRPr="00143EE8">
+              <w:t>, please comment on</w:t>
+            </w:r>
+            <w:r w:rsidR="67DA148B" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to </w:t>
-[...39 lines deleted...]
-            <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2424F9BF" w14:textId="0B795C92" w:rsidR="08C44C51" w:rsidRPr="00143EE8" w:rsidRDefault="39D736A7" w:rsidP="2B5245E9">
+            <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, please comment on</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="67DA148B" w:rsidRPr="00143EE8">
+            </w:pPr>
+            <w:r w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00143EE8">
+              <w:t xml:space="preserve"> the absolute level of student completion </w:t>
+            </w:r>
+            <w:r w:rsidR="5AD6ADEF" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="08C44C51" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the absolute level of student completion </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="5AD6ADEF" w:rsidRPr="00143EE8">
+              <w:t>n your programme</w:t>
+            </w:r>
+            <w:r w:rsidR="005F2F93" w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>o</w:t>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="732B1B0D" w14:textId="49E0F68D" w:rsidR="08C44C51" w:rsidRPr="00143EE8" w:rsidRDefault="24B4EBDA" w:rsidP="2B5245E9">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00143EE8">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
@@ -10976,80 +10858,65 @@
             </w:r>
             <w:r w:rsidR="4708AA50" w:rsidRPr="00783540">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="26422027" w:rsidRPr="00783540">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">n your </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="26422027" w:rsidRPr="00783540">
+              <w:t>n your programme</w:t>
+            </w:r>
+            <w:r w:rsidR="005F2F93" w:rsidRPr="00783540">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>programme</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="337D6A93" w14:textId="53A8A84D" w:rsidR="20D93FD9" w:rsidRPr="00783540" w:rsidRDefault="536C23E4" w:rsidP="2B5245E9">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783540">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
@@ -11778,69 +11645,58 @@
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6B52C1" w14:textId="77777777" w:rsidR="00093D96" w:rsidRPr="00093D96" w:rsidRDefault="00093D96" w:rsidP="00093D96"/>
     <w:p w14:paraId="5377CD9A" w14:textId="3BE088E5" w:rsidR="001C002B" w:rsidRPr="00783540" w:rsidRDefault="001C002B" w:rsidP="00B70DA1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783540">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Once the Reporting Unit staff have completed Steps 1-4 the resulting report and appendices should be submitted to the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00865018" w:rsidRPr="00783540">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>School</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">School </w:t>
       </w:r>
       <w:r w:rsidRPr="00783540">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">for consideration. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -14493,176 +14349,176 @@
     </w:p>
     <w:p w14:paraId="6887BF05" w14:textId="34564A0B" w:rsidR="79B7D8DA" w:rsidRDefault="79B7D8DA">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5F8CD9" w14:textId="05EF4655" w:rsidR="79B7D8DA" w:rsidRPr="00EA2D7C" w:rsidRDefault="1E4FBE9B" w:rsidP="00EA2D7C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>APPENDIX 2: PDF of the Reporting Unit data contained in the Student Data Dashboard (once updated in November 202</w:t>
       </w:r>
       <w:r w:rsidR="00A17F4C">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="79B7D8DA" w:rsidRPr="00EA2D7C" w:rsidSect="003028DD">
-      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="993" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1475CAB5" w14:textId="77777777" w:rsidR="00996297" w:rsidRDefault="00996297" w:rsidP="00D13861">
+    <w:p w14:paraId="7B69FEB5" w14:textId="77777777" w:rsidR="00841514" w:rsidRDefault="00841514" w:rsidP="00D13861">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FA4FCCA" w14:textId="77777777" w:rsidR="00996297" w:rsidRDefault="00996297" w:rsidP="00D13861">
+    <w:p w14:paraId="1573A14F" w14:textId="77777777" w:rsidR="00841514" w:rsidRDefault="00841514" w:rsidP="00D13861">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5839EADC" w14:textId="77777777" w:rsidR="00996297" w:rsidRDefault="00996297" w:rsidP="00D13861">
+    <w:p w14:paraId="4620748E" w14:textId="77777777" w:rsidR="00841514" w:rsidRDefault="00841514" w:rsidP="00D13861">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67123A5C" w14:textId="77777777" w:rsidR="00996297" w:rsidRDefault="00996297" w:rsidP="00D13861">
+    <w:p w14:paraId="17A5227D" w14:textId="77777777" w:rsidR="00841514" w:rsidRDefault="00841514" w:rsidP="00D13861">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1005D7DF" w14:textId="314A363F" w:rsidR="1E68F98C" w:rsidRDefault="003028DD" w:rsidP="003028DD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="070FDE2A" wp14:editId="06CAAB7B">
           <wp:extent cx="1762125" cy="609600"/>
@@ -16926,52 +16782,52 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="725569774">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="819928842">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="585117276">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1876193704">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1897082125">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1208418333">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0008277C"/>
     <w:rsid w:val="00023F51"/>
     <w:rsid w:val="0006149C"/>
     <w:rsid w:val="00071766"/>
     <w:rsid w:val="0008277C"/>
     <w:rsid w:val="00093D96"/>
@@ -16997,94 +16853,97 @@
     <w:rsid w:val="00466DED"/>
     <w:rsid w:val="00474D48"/>
     <w:rsid w:val="0048074C"/>
     <w:rsid w:val="00494997"/>
     <w:rsid w:val="00523BC7"/>
     <w:rsid w:val="00525E50"/>
     <w:rsid w:val="00564E33"/>
     <w:rsid w:val="005B5F24"/>
     <w:rsid w:val="005C2E9B"/>
     <w:rsid w:val="005D2176"/>
     <w:rsid w:val="005F2F93"/>
     <w:rsid w:val="005F7043"/>
     <w:rsid w:val="006014D2"/>
     <w:rsid w:val="006127CD"/>
     <w:rsid w:val="00630D76"/>
     <w:rsid w:val="00636E3A"/>
     <w:rsid w:val="00662399"/>
     <w:rsid w:val="006F4C60"/>
     <w:rsid w:val="007625F7"/>
     <w:rsid w:val="00783540"/>
     <w:rsid w:val="00787380"/>
     <w:rsid w:val="00791C84"/>
     <w:rsid w:val="007D3885"/>
     <w:rsid w:val="0081152E"/>
     <w:rsid w:val="00819646"/>
+    <w:rsid w:val="00841514"/>
     <w:rsid w:val="00865018"/>
     <w:rsid w:val="00880DF5"/>
     <w:rsid w:val="008812A1"/>
     <w:rsid w:val="008827A0"/>
     <w:rsid w:val="008B11B9"/>
     <w:rsid w:val="008B15C3"/>
     <w:rsid w:val="008F33D0"/>
     <w:rsid w:val="00904421"/>
     <w:rsid w:val="00966BD1"/>
     <w:rsid w:val="00984974"/>
     <w:rsid w:val="009872DA"/>
     <w:rsid w:val="00993EF0"/>
     <w:rsid w:val="00996297"/>
     <w:rsid w:val="009A451E"/>
     <w:rsid w:val="009E3CAE"/>
     <w:rsid w:val="009F5900"/>
     <w:rsid w:val="00A17F4C"/>
     <w:rsid w:val="00A27F44"/>
     <w:rsid w:val="00A42FFF"/>
     <w:rsid w:val="00A51026"/>
     <w:rsid w:val="00A878C0"/>
     <w:rsid w:val="00A912F4"/>
     <w:rsid w:val="00A92082"/>
     <w:rsid w:val="00A952BC"/>
     <w:rsid w:val="00A972EF"/>
     <w:rsid w:val="00AC74BD"/>
     <w:rsid w:val="00AE777E"/>
     <w:rsid w:val="00AF6CF7"/>
     <w:rsid w:val="00B04178"/>
     <w:rsid w:val="00B70DA1"/>
     <w:rsid w:val="00B9609B"/>
     <w:rsid w:val="00BE2096"/>
     <w:rsid w:val="00C21541"/>
     <w:rsid w:val="00C437B2"/>
     <w:rsid w:val="00C92098"/>
+    <w:rsid w:val="00CA4A65"/>
     <w:rsid w:val="00CA731B"/>
     <w:rsid w:val="00CE6C0E"/>
     <w:rsid w:val="00D1348B"/>
     <w:rsid w:val="00D13861"/>
     <w:rsid w:val="00D250F5"/>
     <w:rsid w:val="00DE2B7F"/>
     <w:rsid w:val="00E44E3A"/>
     <w:rsid w:val="00E95C8B"/>
     <w:rsid w:val="00EA2D7C"/>
+    <w:rsid w:val="00EE6741"/>
     <w:rsid w:val="00F01DEE"/>
     <w:rsid w:val="00F04CC3"/>
     <w:rsid w:val="00F172D9"/>
     <w:rsid w:val="00F223D6"/>
     <w:rsid w:val="00F573DE"/>
     <w:rsid w:val="00F7200C"/>
     <w:rsid w:val="0127C843"/>
     <w:rsid w:val="01608673"/>
     <w:rsid w:val="019FC772"/>
     <w:rsid w:val="01A9C5FD"/>
     <w:rsid w:val="01AD7A42"/>
     <w:rsid w:val="01F274D3"/>
     <w:rsid w:val="01FBA7F1"/>
     <w:rsid w:val="027F00BD"/>
     <w:rsid w:val="030E9C6E"/>
     <w:rsid w:val="031E63A3"/>
     <w:rsid w:val="03DA3130"/>
     <w:rsid w:val="04331E38"/>
     <w:rsid w:val="04A1CF28"/>
     <w:rsid w:val="04A78931"/>
     <w:rsid w:val="04C50C42"/>
     <w:rsid w:val="04C9B4CC"/>
     <w:rsid w:val="050E0F67"/>
     <w:rsid w:val="0571ADD1"/>
     <w:rsid w:val="05FCC90A"/>
@@ -27818,51 +27677,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2055082367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/NSSLancasterresults2023/NSSInternalResults?%3Aiid=5&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=top" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-UG-suppressedversion/UGAPRreportingunit?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evaluations.lancs.ac.uk/displayreport" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lancaster.ac.uk/planning-and-analytics/staff/student-focused-dashboards/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-UG-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/NSSLancasterresults2023/NSSInternalResults?%3Aiid=5&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=top" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-UG-suppressedversion/UGAPRreportingunit?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evaluations.lancs.ac.uk/displayreport" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/GraduateOutcomes/GraduateOutcomes?%3Aiid=3&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=top" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lancaster.ac.uk/planning-and-analytics/staff/student-focused-dashboards/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-UG-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -28133,56 +27992,57 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9aacf9c-cc77-484c-9ced-dae072c0c246">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010041022DAF3152F744BCA77B1B31945277" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c08341570e0840c43efac611f04a6389">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9aacf9c-cc77-484c-9ced-dae072c0c246" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="133db35de74f7e5e12e3e06c23b62821" ns2:_="">
     <xsd:import namespace="a9aacf9c-cc77-484c-9ced-dae072c0c246"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -28320,116 +28180,109 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...5 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FF1CDD7-EE98-4B04-9AE0-002ED8D39546}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A050661-41AA-494E-874E-85DA596E834E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9aacf9c-cc77-484c-9ced-dae072c0c246"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7B53991-3AFE-4B57-8CBB-EABFDE63480A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9aacf9c-cc77-484c-9ced-dae072c0c246"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A050661-41AA-494E-874E-85DA596E834E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FF1CDD7-EE98-4B04-9AE0-002ED8D39546}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>2292</Words>
-  <Characters>13070</Characters>
+  <Words>2317</Words>
+  <Characters>13209</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
+  <Lines>110</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15332</CharactersWithSpaces>
+  <CharactersWithSpaces>15496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Stephen Bulman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010041022DAF3152F744BCA77B1B31945277</vt:lpwstr>
   </property>