--- v0 (2025-10-27)
+++ v1 (2026-02-16)
@@ -4733,50 +4733,51 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0351A19A" w14:textId="2EA73D5A" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Step 1: Post-exam board review of student performance </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FFE3A40" w14:textId="3AC8219C" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25B9E0E2" w14:textId="70CA50FD" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-GB"/>
@@ -5042,50 +5043,51 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="631D168B" w14:textId="4764F0E8" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="1150F0CA">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1150F0CA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Step 2: Student voice </w:t>
       </w:r>
       <w:r w:rsidR="236BD89B" w:rsidRPr="1150F0CA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and experience</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4977DF88" w14:textId="7DA28A4E" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="126E638E" w14:textId="49B5B240" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
@@ -6035,50 +6037,51 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="42863753" w14:textId="522D7DC2" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Step 3: Academic standards, quality and academic integrity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BED888" w14:textId="7FD3F426" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="5A5A5A"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B88DC1F" w14:textId="67ECF170" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="5A5A5A"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="5A5A5A"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -6157,67 +6160,51 @@
       </w:r>
       <w:r w:rsidR="614311EB">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> level descriptors.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21316682" w14:textId="2466D711" w:rsidR="00C161AC" w:rsidRDefault="188DB9BF" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D6AFD30">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">QAA </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> degree characteristics statement.</w:t>
+        <w:t>QAA Master’s degree characteristics statement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FF93636" w14:textId="15E2CDA3" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D6AFD30">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Employer feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0F5DB3" w14:textId="652ADEAC" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
@@ -6561,88 +6548,78 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="42F4597A" w14:textId="234C2B72" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">work with the Head of Department to draft a written response to the external examiner </w:t>
       </w:r>
       <w:r>
-        <w:t>report(s</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>report(s);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="16E7CB7F" w14:textId="41715DB5" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>submit this response to a meeting of the staff-student consultative committee (or equivalent)</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> for </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> for discussion;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="08208966" w14:textId="0E5F0F22" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">append a copy </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the </w:t>
@@ -6695,50 +6672,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="0B14628C" w14:paraId="39B67CBA" w14:textId="77777777" w:rsidTr="0B14628C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="840" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49F3312D" w14:textId="7744D2BF" w:rsidR="0B14628C" w:rsidRDefault="0B14628C" w:rsidP="0B14628C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0B14628C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>YES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49A1F2C1" w14:textId="1123CB7C" w:rsidR="0B14628C" w:rsidRDefault="0B14628C" w:rsidP="0B14628C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0B14628C" w14:paraId="31DE85B3" w14:textId="77777777" w:rsidTr="0B14628C">
         <w:trPr>
           <w:trHeight w:val="300"/>
@@ -7409,50 +7387,51 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F9E438A" w14:textId="5BB982CF" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51BF47E3" w14:textId="6344F2B5" w:rsidR="00C161AC" w:rsidRPr="00543C3D" w:rsidRDefault="19A2C073" w:rsidP="00543C3D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="1F3763"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="1F3763"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Academic integrity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C5F7C1" w14:textId="2EE20C03" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="1D6AFD30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D6AFD30">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8000,50 +7979,51 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="264FC77D" w14:textId="51A43D22" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Step 4: Student outcomes and awards </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E685D3" w14:textId="740A5024" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57E3C1A4" w14:textId="7EBE2C9B" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="5A5A5A"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="5A5A5A"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -8132,51 +8112,51 @@
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Progression to further study or graduate employment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A374B00" w14:textId="3295ADA6" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Student degree outcomes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0C8CD4" w14:textId="5262115E" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="1D6AFD30">
+    <w:p w14:paraId="1D0C8CD4" w14:textId="708A80AF" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="1D6AFD30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="73EF5B2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Relevant data by R</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="73EF5B2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>eporting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="73EF5B2E">
@@ -8262,57 +8242,59 @@
       </w:r>
       <w:r w:rsidR="00330F97">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="73EF5B2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="4DBE3E5F" w:rsidRPr="73EF5B2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> More detailed information is available on progression in the </w:t>
       </w:r>
-      <w:r w:rsidR="4DBE3E5F" w:rsidRPr="73EF5B2E">
-[...5 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="1" w:history="1">
+        <w:r w:rsidR="4DBE3E5F" w:rsidRPr="00A706CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>Graduate Outcomes dashboard</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="4DBE3E5F" w:rsidRPr="73EF5B2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (but note this information is not displayed by Reporting Unit).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D1009B" w14:textId="2CA8473D" w:rsidR="00C161AC" w:rsidRPr="00543C3D" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="1F3763"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -9324,50 +9306,51 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C295FE9" w14:textId="49019873" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Step 5: Departmental consideration </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2026906E" w14:textId="6F180293" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="409D7912" w14:textId="2850EBE1" w:rsidR="00C161AC" w:rsidRPr="00543C3D" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1150F0CA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
@@ -9742,50 +9725,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3488B9A1" w14:textId="315B3759" w:rsidR="1D6AFD30" w:rsidRDefault="1D6AFD30">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7729541B" w14:textId="20F6AE08" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Step 6: Faculty consideration </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="017FED0D" w14:textId="55DE1B13" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EF728E3" w14:textId="37FF0739" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Once the APR Report has been approved by the Department Teaching Committee it should be submitted to the Faculty Teaching Committee via the Quality Assurance and Enhancement Manager.</w:t>
@@ -9992,50 +9976,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02754D01" w14:textId="4A01C219" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20C1EC49" w14:textId="2BDD4CEF" w:rsidR="00C161AC" w:rsidRDefault="00543C3D">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF23CCF" w14:textId="77777777" w:rsidR="00543C3D" w:rsidRPr="005F7043" w:rsidRDefault="00543C3D" w:rsidP="00543C3D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="79B7D8DA">
+        <w:lastRenderedPageBreak/>
         <w:t>Actions from Previous Year(s)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E138ABF" w14:textId="0BCA6649" w:rsidR="00543C3D" w:rsidRDefault="00543C3D" w:rsidP="00543C3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0D561A08">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Summary of achievement on Action Plan from 202</w:t>
       </w:r>
       <w:r w:rsidR="00330F97">
         <w:rPr>
@@ -11799,194 +11784,196 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6977BECC" w14:textId="77777777" w:rsidR="00543C3D" w:rsidRDefault="00543C3D" w:rsidP="00543C3D">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62630CF2" w14:textId="03D8D55B" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="756D3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="756D3BB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>APPENDICES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F7A4B9" w14:textId="78CEC30D" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E4065D7" w14:textId="5C3D0340" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="0B14628C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B14628C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>APPENDIX 1: Head of Department response letter to the External Examiner</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AFD63D7" w14:textId="71B1B39E" w:rsidR="00C161AC" w:rsidRDefault="00543C3D">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D57F0" w14:textId="560AB86E" w:rsidR="00C161AC" w:rsidRDefault="19A2C073" w:rsidP="73EF5B2E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="73EF5B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>APPENDIX 2: PDF of the Reporting Unit data contained in the Student Data Dashboard (once updated in November 202</w:t>
       </w:r>
       <w:r w:rsidR="00330F97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="73EF5B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C078E63" w14:textId="1084D213" w:rsidR="00C161AC" w:rsidRDefault="00C161AC" w:rsidP="0B14628C"/>
     <w:sectPr w:rsidR="00C161AC">
-      <w:headerReference w:type="default" r:id="rId16"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EEF1A8F" w14:textId="77777777" w:rsidR="00081CED" w:rsidRDefault="00081CED">
+    <w:p w14:paraId="0CDCF9AE" w14:textId="77777777" w:rsidR="00AD0059" w:rsidRDefault="00AD0059">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6210B7D2" w14:textId="77777777" w:rsidR="00081CED" w:rsidRDefault="00081CED">
+    <w:p w14:paraId="3BDEF8AA" w14:textId="77777777" w:rsidR="00AD0059" w:rsidRDefault="00AD0059">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="1150F0CA" w14:paraId="2CF37361" w14:textId="77777777" w:rsidTr="1150F0CA">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
         </w:tcPr>
@@ -12072,61 +12059,61 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="06C36F9F" w14:textId="73D62720" w:rsidR="0E67B125" w:rsidRDefault="0E67B125" w:rsidP="0E67B125">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="310B1863" w14:textId="4C53F21E" w:rsidR="0E67B125" w:rsidRDefault="0E67B125" w:rsidP="0E67B125">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CE53D03" w14:textId="77777777" w:rsidR="00081CED" w:rsidRDefault="00081CED">
+    <w:p w14:paraId="15EC37D4" w14:textId="77777777" w:rsidR="00AD0059" w:rsidRDefault="00AD0059">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DD3A946" w14:textId="77777777" w:rsidR="00081CED" w:rsidRDefault="00081CED">
+    <w:p w14:paraId="3B0C4794" w14:textId="77777777" w:rsidR="00AD0059" w:rsidRDefault="00AD0059">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="1150F0CA" w14:paraId="49B020CD" w14:textId="77777777" w:rsidTr="0E67B125">
@@ -16107,80 +16094,83 @@
   </w:num>
   <w:num w:numId="29" w16cid:durableId="109787778">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="47803111">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1024137842">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="880482443">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="863834350">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="174736043">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="13461A62"/>
     <w:rsid w:val="00081CED"/>
+    <w:rsid w:val="00154CD0"/>
     <w:rsid w:val="00312A04"/>
     <w:rsid w:val="00330F97"/>
     <w:rsid w:val="00543C3D"/>
     <w:rsid w:val="0080230C"/>
     <w:rsid w:val="008D6AC6"/>
     <w:rsid w:val="009A451E"/>
     <w:rsid w:val="009A5939"/>
     <w:rsid w:val="00A626FC"/>
+    <w:rsid w:val="00A706CF"/>
+    <w:rsid w:val="00AD0059"/>
     <w:rsid w:val="00C04D28"/>
     <w:rsid w:val="00C161AC"/>
     <w:rsid w:val="00E06C33"/>
     <w:rsid w:val="00E91EF4"/>
     <w:rsid w:val="00EB0BA5"/>
     <w:rsid w:val="01A94ED5"/>
     <w:rsid w:val="02132FD4"/>
     <w:rsid w:val="025F92FC"/>
     <w:rsid w:val="03BE35D8"/>
     <w:rsid w:val="041CF5E3"/>
     <w:rsid w:val="04B32501"/>
     <w:rsid w:val="054E4A09"/>
     <w:rsid w:val="059733BE"/>
     <w:rsid w:val="05FACB8A"/>
     <w:rsid w:val="05FDAC76"/>
     <w:rsid w:val="0758686E"/>
     <w:rsid w:val="07969BEB"/>
     <w:rsid w:val="07CA5D49"/>
     <w:rsid w:val="08018B50"/>
     <w:rsid w:val="0877B6BB"/>
     <w:rsid w:val="08ABBDC9"/>
     <w:rsid w:val="0A53DC46"/>
     <w:rsid w:val="0A6DD6A7"/>
     <w:rsid w:val="0A8CC918"/>
     <w:rsid w:val="0B14628C"/>
@@ -17306,50 +17296,62 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A706CF"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41371756">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="739449226">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -17371,51 +17373,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982297270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evaluations.lancs.ac.uk/displayreport" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/PTESResults/UniversitySummary?%3Aembed=yes&amp;%3Adisplay_count=no&amp;%3Atoolbar=top" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-PGT-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-UG-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lancaster.ac.uk/planning-and-analytics/staff/student-focused-dashboards/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-PGT-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evaluations.lancs.ac.uk/displayreport" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/PTESResults/UniversitySummary?%3Aembed=yes&amp;%3Adisplay_count=no&amp;%3Atoolbar=top" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/GraduateOutcomes/GraduateOutcomes?%3Aiid=3&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=top" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-PGT-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-UG-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar=" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lancaster.ac.uk/planning-and-analytics/staff/student-focused-dashboards/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tableauserver.lancs.ac.uk/t/authorised/views/Studentfocuseddashboards-PGT-suppressedversion/Frontpage?%3Aiid=1&amp;%3AshowVizHome=no&amp;%3Aembed=yes&amp;%3Atoolbar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -17652,65 +17654,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C91A1AF481B9DE4CB75A3C3470E9E8A6" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3524d212249d6a40d8388c4f1f7e968f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f6d5cb08-3716-4be4-9cd6-274684b073c8" xmlns:ns3="85881b0a-3adc-455e-a0bb-a714e0000a5e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4726b7f9e1d0f4cc3a5696000b39ce36" ns2:_="" ns3:_="">
     <xsd:import namespace="f6d5cb08-3716-4be4-9cd6-274684b073c8"/>
     <xsd:import namespace="85881b0a-3adc-455e-a0bb-a714e0000a5e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -17857,101 +17844,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D7E953C-EA45-43A0-BABD-63ED07762EE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f6d5cb08-3716-4be4-9cd6-274684b073c8"/>
     <ds:schemaRef ds:uri="85881b0a-3adc-455e-a0bb-a714e0000a5e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F44BDB9-52F8-4A25-AEF4-75F7FDA42D34}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{195491AC-9539-4F78-AFD6-D1098E55FDE2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>1958</Words>
-  <Characters>11166</Characters>
+  <Words>1983</Words>
+  <Characters>11305</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
+  <Lines>94</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13098</CharactersWithSpaces>
+  <CharactersWithSpaces>13262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Bulman, Stephen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C91A1AF481B9DE4CB75A3C3470E9E8A6</vt:lpwstr>
   </property>