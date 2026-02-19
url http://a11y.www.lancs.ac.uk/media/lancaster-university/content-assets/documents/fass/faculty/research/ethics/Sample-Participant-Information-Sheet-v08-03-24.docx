--- v0 (2025-12-19)
+++ v1 (2026-02-19)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B58D12A" w14:textId="77777777" w:rsidR="009C1294" w:rsidRPr="00DE340E" w:rsidRDefault="009C1294" w:rsidP="0010666E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="095CF6AD" w14:textId="77777777" w:rsidR="008158A9" w:rsidRPr="00DE340E" w:rsidRDefault="008158A9" w:rsidP="008158A9">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
@@ -3582,51 +3582,69 @@
             </w:r>
             <w:r w:rsidRPr="008158A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I will keep data that can identify you separately from non-personal information (e.g. your views on a specific topic</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008158A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).In</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008158A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> accordance with University guidelines, I will keep the data securely for a minimum of ten years. </w:t>
+              <w:t xml:space="preserve"> accordance with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008158A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>University</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008158A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> guidelines, I will keep the data securely for a minimum of ten years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="26124AA1" w14:textId="77777777" w:rsidR="00B41AC3" w:rsidRPr="008158A9" w:rsidRDefault="00B41AC3" w:rsidP="009C1294">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26C5BB36" w14:textId="77777777" w:rsidR="00852CB2" w:rsidRPr="004A503D" w:rsidRDefault="00852CB2" w:rsidP="009C1294">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4244,312 +4262,337 @@
     </w:p>
     <w:p w14:paraId="7072C92B" w14:textId="11F599D4" w:rsidR="00AF705A" w:rsidRPr="008158A9" w:rsidRDefault="00AF705A" w:rsidP="00AF705A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Incentives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7138CD" w14:textId="19AAD9C2" w:rsidR="00AF705A" w:rsidRPr="004A503D" w:rsidRDefault="00AF705A" w:rsidP="00B311E6">
+    <w:p w14:paraId="1FE7FC16" w14:textId="77777777" w:rsidR="00950968" w:rsidRDefault="00AF705A" w:rsidP="00950968">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF705A">
+        <w:rPr>
+          <w:rStyle w:val="textrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If you are intending to use incentives/payments keep in mind that they must be modest so as not to suggest coercion of the participants.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="textrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B311E6">
+        <w:rPr>
+          <w:rStyle w:val="textrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Also refer to the University’s payment procedure which is accessible from this link </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00950968">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.lancaster.ac.uk/media/lancaster-university/content-assets/documents/research/resear</w:t>
+        </w:r>
+        <w:r w:rsidR="00950968">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidR="00950968">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>h-services/post-award-templates/Thepaymentofpubliccontributors.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00950968">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7138CD" w14:textId="21BEAB04" w:rsidR="00AF705A" w:rsidRPr="004A503D" w:rsidRDefault="00AF705A" w:rsidP="00B311E6">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF705A">
-[...54 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="395038E2" w14:textId="77777777" w:rsidR="00C04A5D" w:rsidRPr="008158A9" w:rsidRDefault="00C04A5D" w:rsidP="009C1294">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C04A5D" w:rsidRPr="008158A9" w14:paraId="6D53AEF3" w14:textId="77777777" w:rsidTr="00B311E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55A31B1B" w14:textId="77777777" w:rsidR="00C04A5D" w:rsidRPr="008158A9" w:rsidRDefault="00C04A5D" w:rsidP="00C04A5D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008158A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">This study has been reviewed and approved by the Faculty of Arts and Social Sciences and Lancaster Management School’s Research Ethics Committee. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E6B9FCE" w14:textId="77777777" w:rsidR="00C04A5D" w:rsidRPr="008158A9" w:rsidRDefault="00C04A5D" w:rsidP="009C1294">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41DE81AB" w14:textId="77777777" w:rsidR="007E0069" w:rsidRPr="008158A9" w:rsidRDefault="007E0069" w:rsidP="009C1294">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007E0069" w:rsidRPr="008158A9" w:rsidSect="00AF705A">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25267F53" w14:textId="77777777" w:rsidR="003A20EB" w:rsidRDefault="003A20EB" w:rsidP="00434FF3">
+    <w:p w14:paraId="1B2A96DA" w14:textId="77777777" w:rsidR="000C6BFA" w:rsidRDefault="000C6BFA" w:rsidP="00434FF3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B0A2B66" w14:textId="77777777" w:rsidR="003A20EB" w:rsidRDefault="003A20EB" w:rsidP="00434FF3">
+    <w:p w14:paraId="68BA6203" w14:textId="77777777" w:rsidR="000C6BFA" w:rsidRDefault="000C6BFA" w:rsidP="00434FF3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E5A3779" w14:textId="7085A052" w:rsidR="00434FF3" w:rsidRDefault="004A503D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00AF705A">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>08</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -4563,81 +4606,81 @@
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>03</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>-2</w:t>
     </w:r>
     <w:r w:rsidR="00AF705A">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57B268AE" w14:textId="77777777" w:rsidR="003A20EB" w:rsidRDefault="003A20EB" w:rsidP="00434FF3">
+    <w:p w14:paraId="1BAD3DFA" w14:textId="77777777" w:rsidR="000C6BFA" w:rsidRDefault="000C6BFA" w:rsidP="00434FF3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69C0CAE8" w14:textId="77777777" w:rsidR="003A20EB" w:rsidRDefault="003A20EB" w:rsidP="00434FF3">
+    <w:p w14:paraId="1416CB37" w14:textId="77777777" w:rsidR="000C6BFA" w:rsidRDefault="000C6BFA" w:rsidP="00434FF3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18C2DF34" w14:textId="75D7F52F" w:rsidR="00AF705A" w:rsidRDefault="00AF705A" w:rsidP="00AF705A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FD8A240" w14:textId="78E60A66" w:rsidR="00AF705A" w:rsidRDefault="00AF705A" w:rsidP="00AF705A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C29F4D9" wp14:editId="60A3042B">
           <wp:extent cx="2276475" cy="714375"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is Lancaster University's logo. The text says 'Lancaster University' and the image is the University's shield."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="http://www.lancaster.ac.uk/iss/info/images/ShieldLogo.png"/>
@@ -4660,51 +4703,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2276475" cy="714375"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8D6BB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CF83CCA"/>
     <w:lvl w:ilvl="0" w:tplc="D64CBBF0">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="81760758">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4903,185 +4946,188 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="436368092">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1894535396">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C1294"/>
     <w:rsid w:val="00043F3F"/>
     <w:rsid w:val="00091B14"/>
+    <w:rsid w:val="000C6BFA"/>
     <w:rsid w:val="000F1670"/>
     <w:rsid w:val="0010666E"/>
     <w:rsid w:val="0011472E"/>
     <w:rsid w:val="00167455"/>
     <w:rsid w:val="00206199"/>
     <w:rsid w:val="0024165D"/>
     <w:rsid w:val="00271D75"/>
     <w:rsid w:val="00281DAE"/>
     <w:rsid w:val="00282765"/>
     <w:rsid w:val="00303561"/>
     <w:rsid w:val="00313700"/>
     <w:rsid w:val="003245AD"/>
     <w:rsid w:val="003A20EB"/>
     <w:rsid w:val="003B033E"/>
     <w:rsid w:val="0043150E"/>
     <w:rsid w:val="00434FF3"/>
     <w:rsid w:val="00464607"/>
     <w:rsid w:val="00492F97"/>
     <w:rsid w:val="004963E4"/>
     <w:rsid w:val="004A503D"/>
     <w:rsid w:val="004C5CD8"/>
     <w:rsid w:val="005232BB"/>
     <w:rsid w:val="00545F6B"/>
     <w:rsid w:val="00555299"/>
     <w:rsid w:val="00580859"/>
     <w:rsid w:val="005A23E1"/>
     <w:rsid w:val="005B4BE5"/>
     <w:rsid w:val="005C27B3"/>
     <w:rsid w:val="005F0576"/>
+    <w:rsid w:val="00616372"/>
     <w:rsid w:val="00634D07"/>
     <w:rsid w:val="00660985"/>
     <w:rsid w:val="006A0491"/>
     <w:rsid w:val="006A13C1"/>
     <w:rsid w:val="006A6E8F"/>
     <w:rsid w:val="006B0388"/>
     <w:rsid w:val="006E4945"/>
     <w:rsid w:val="006F08A0"/>
     <w:rsid w:val="00704C6C"/>
     <w:rsid w:val="00771441"/>
     <w:rsid w:val="007D67EC"/>
     <w:rsid w:val="007E0069"/>
     <w:rsid w:val="008158A9"/>
     <w:rsid w:val="00852CB2"/>
+    <w:rsid w:val="00950968"/>
     <w:rsid w:val="0095361B"/>
     <w:rsid w:val="009814BB"/>
     <w:rsid w:val="009C1294"/>
     <w:rsid w:val="00A54F8F"/>
     <w:rsid w:val="00A956C5"/>
     <w:rsid w:val="00AA2FD5"/>
     <w:rsid w:val="00AD5AF4"/>
     <w:rsid w:val="00AD6406"/>
     <w:rsid w:val="00AF705A"/>
     <w:rsid w:val="00B311E6"/>
     <w:rsid w:val="00B41AC3"/>
     <w:rsid w:val="00BC5F67"/>
     <w:rsid w:val="00BC74CE"/>
     <w:rsid w:val="00BF7F5C"/>
     <w:rsid w:val="00C04A5D"/>
     <w:rsid w:val="00C3551D"/>
     <w:rsid w:val="00C97C17"/>
     <w:rsid w:val="00CE090C"/>
     <w:rsid w:val="00D808B7"/>
     <w:rsid w:val="00DA6FB3"/>
     <w:rsid w:val="00DB6765"/>
     <w:rsid w:val="00DE340E"/>
     <w:rsid w:val="00DF032B"/>
     <w:rsid w:val="00E05450"/>
     <w:rsid w:val="00ED4303"/>
     <w:rsid w:val="00F17543"/>
     <w:rsid w:val="00F27E47"/>
     <w:rsid w:val="00F51B49"/>
     <w:rsid w:val="00F721F9"/>
     <w:rsid w:val="00FB6A55"/>
     <w:rsid w:val="00FB6CC2"/>
     <w:rsid w:val="00FD0472"/>
     <w:rsid w:val="00FD0821"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0ED8403E"/>
   <w15:docId w15:val="{12744069-1905-469D-93B9-E5E5022AB809}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5850,51 +5896,51 @@
     <w:rPr>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="textrun">
     <w:name w:val="textrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AF705A"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B311E6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="222059772">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="936249985">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -6745,51 +6791,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1928229841">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/media/1061/anonymisation-code.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lancaster.ac.uk/research/data-protection" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lancaster.ac.uk/media/lancaster-university/content-assets/images/res/post-award-support/Thepaymentofpubliccontributors(1).pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/media/1061/anonymisation-code.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lancaster.ac.uk/research/data-protection" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lancaster.ac.uk/media/lancaster-university/content-assets/documents/research/research-services/post-award-templates/Thepaymentofpubliccontributors.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7039,69 +7085,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8770</Characters>
+  <Pages>4</Pages>
+  <Words>1546</Words>
+  <Characters>8814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Lancaster University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10288</CharactersWithSpaces>
+  <CharactersWithSpaces>10340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Knight, Deborah</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>